--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R823243c78a3044d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55beb5adc07b4267" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="R3cc56cce7e4d4e15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="R498a076cf8fa49ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3cc56cce7e4d4e15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R498a076cf8fa49ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="">
       <x:c r="A1" t="str">
         <x:v>ΠΙΝΑΚΑΣ ΠΙΣΤΩΤΙΚΩΝ ΙΔΡΥΜΑΤΩΝ ΠΟΥ ΛΕΙΤΟΥΡΓΟΥΝ ΣΤΗΝ ΕΛΛΑΔΑ ΒΑΣΕΙ ΤΟΥ Ν. 4261/2014, ΟΔΗΓΙΑ 2013/36/ΕΕ</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="">
       <x:c r="A2" t="str">
         <x:v>Κωδικός Αριθμός</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Όνομα Πιστωτικού Ιδρύματος</x:v>
       </x:c>