--- v1 (2025-12-13)
+++ v2 (2026-01-06)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55beb5adc07b4267" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2af9e6ac69974a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="R498a076cf8fa49ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="R76c45a0610b54645"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R498a076cf8fa49ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R76c45a0610b54645" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="">
       <x:c r="A1" t="str">
         <x:v>ΠΙΝΑΚΑΣ ΠΙΣΤΩΤΙΚΩΝ ΙΔΡΥΜΑΤΩΝ ΠΟΥ ΛΕΙΤΟΥΡΓΟΥΝ ΣΤΗΝ ΕΛΛΑΔΑ ΒΑΣΕΙ ΤΟΥ Ν. 4261/2014, ΟΔΗΓΙΑ 2013/36/ΕΕ</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="">
       <x:c r="A2" t="str">
         <x:v>Κωδικός Αριθμός</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Όνομα Πιστωτικού Ιδρύματος</x:v>
       </x:c>