--- v2 (2026-01-06)
+++ v3 (2026-02-22)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2af9e6ac69974a73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raabc5dbaf1584884" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="R76c45a0610b54645"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="R0f68f1fe05454cdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R76c45a0610b54645" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0f68f1fe05454cdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="">
       <x:c r="A1" t="str">
         <x:v>ΠΙΝΑΚΑΣ ΠΙΣΤΩΤΙΚΩΝ ΙΔΡΥΜΑΤΩΝ ΠΟΥ ΛΕΙΤΟΥΡΓΟΥΝ ΣΤΗΝ ΕΛΛΑΔΑ ΒΑΣΕΙ ΤΟΥ Ν. 4261/2014, ΟΔΗΓΙΑ 2013/36/ΕΕ</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="">
       <x:c r="A2" t="str">
         <x:v>Κωδικός Αριθμός</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Όνομα Πιστωτικού Ιδρύματος</x:v>
       </x:c>
@@ -80,51 +80,51 @@
     <x:row r="4" spans="">
       <x:c r="A4" t="str">
         <x:v>014</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>ΑΛΦΑ ΤΡΑΠΕΖΑ ΑΝΩΝΥΜΗ ΕΤΑΙΡΙΑ</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>ΣΤΑΔΙΟΥ 40, 102 52 ΑΘΗΝΑ</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>(+30) 2103260000</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>(+30) 2103265438</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>http://www.alpha.gr</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="">
       <x:c r="A5" t="str">
         <x:v>016</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>CREDIABANK ΑΝΩΝΥΜΗ ΤΡΑΠΕΖΙΚΗ ΕΤΑΙΡΕΙΑ</x:v>
+        <x:v>CrediaBank ΑΝΩΝΥΜΗ ΤΡΑΠΕΖΙΚΗ ΕΤΑΙΡΕΙΑ</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>Λ.ΚΗΦΙΣΙΑΣ 260-262, 15231 ΧΑΛΑΝΔΡΙ</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v>(+30) 2103669000</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>(+30) 2103667245</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>http://www.atticabank.gr</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="">
       <x:c r="A6" t="str">
         <x:v>017</x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v>ΤΡΑΠΕΖΑ ΠΕΙΡΑΙΩΣ Α.Ε.</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>ΑΜΕΡΙΚΗΣ 4,  105 64, ΑΘΗΝΑ</x:v>
       </x:c>
       <x:c r="D6" t="str">
@@ -220,51 +220,51 @@
     <x:row r="11" spans="">
       <x:c r="A11" t="str">
         <x:v>069</x:v>
       </x:c>
       <x:c r="B11" t="str">
         <x:v>ΣΥΝΕΤΑΙΡΙΣΤΙΚΗ ΤΡΑΠΕΖΑ ΧΑΝΙΩΝ ΣΥΝ.Π.Ε.</x:v>
       </x:c>
       <x:c r="C11" t="str">
         <x:v>ΕΛ. ΒΕΝΙΖΕΛΟΥ 28-32, 731 32 ΧΑΝΙΑ</x:v>
       </x:c>
       <x:c r="D11" t="str">
         <x:v>(+30) 28210 25500</x:v>
       </x:c>
       <x:c r="E11" t="str">
         <x:v>(+30) 28210 25591</x:v>
       </x:c>
       <x:c r="F11" t="str">
         <x:v>http://www.chaniabank.gr</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="">
       <x:c r="A12" t="str">
         <x:v>075</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>ΣΥΝΕΤΑΙΡΙΣΤΙΚΗ ΤΡΑΠΕΖΑ ΗΠΕΙΡΟΥ ΣΥΝ.ΠΕ.</x:v>
+        <x:v>ΤΡΑΠΕΖΑ ΗΠΕΙΡΟΥ ΑΝΩΝΥΜΗ ΤΡΑΠΕΖΙΚΗ ΕΤΑΙΡΕΙΑ</x:v>
       </x:c>
       <x:c r="C12" t="str">
         <x:v>ΠΑΤΡ.ΙΩΑΚΕΙΜ 6 &amp; ΚΑΡΑΠΑΝΟΥ, 45 221  ΙΩΑΝΝΙΝΑ</x:v>
       </x:c>
       <x:c r="D12" t="str">
         <x:v>(+30) 26510 59000</x:v>
       </x:c>
       <x:c r="E12" t="str">
         <x:v>(+30) 26510 28065</x:v>
       </x:c>
       <x:c r="F12" t="str">
         <x:v>http://www.epirusbank.com</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="">
       <x:c r="A13" t="str">
         <x:v>089</x:v>
       </x:c>
       <x:c r="B13" t="str">
         <x:v>ΣΥΝΕΤΑΙΡΙΣΤΙΚΗ ΤΡΑΠΕΖΑ ΚΑΡΔΙΤΣΑΣ ΣΥΝ.Π.Ε.</x:v>
       </x:c>
       <x:c r="C13" t="str">
         <x:v>TΑΛΙΑΔΟΥΡΟΥ &amp; ΚΟΛΟΚΟΤΡΩΝΗ 1, 431 32 ΚΑΡΔΙΤΣΑ</x:v>
       </x:c>
       <x:c r="D13" t="str">
@@ -320,63 +320,63 @@
     <x:row r="16" spans="">
       <x:c r="A16" t="str">
         <x:v>039</x:v>
       </x:c>
       <x:c r="B16" t="str">
         <x:v>BNP PARIBAS S.A. ATHENS BRANCH</x:v>
       </x:c>
       <x:c r="C16" t="str">
         <x:v>Λ. ΚΗΦΙΣΙΑΣ 115, 115 24 ΑΘΗΝΑ</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v>(+30) 2107468500</x:v>
       </x:c>
       <x:c r="E16" t="str">
         <x:v>(+30) 2107468579</x:v>
       </x:c>
       <x:c r="F16" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17" spans="">
       <x:c r="A17" t="str">
         <x:v>040</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>CA Auto Bank GmbH – Hellenic Branch (formerly FCA BANK GmbH)</x:v>
+        <x:v>CA Auto Bank S.p.A. - Ελληνικό Υποκατάστημα</x:v>
       </x:c>
       <x:c r="C17" t="str">
         <x:v>Λ. ΒΟΥΛΙΑΓΜΕΝΗΣ 580A, 164 52 ΑΡΓΥΡΟΥΠΟΛΗ</x:v>
       </x:c>
       <x:c r="D17" t="str">
         <x:v>(+30) 2109988777</x:v>
       </x:c>
       <x:c r="E17" t="str">
         <x:v>(+30) 2109961118</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>https://www.fcabank.gr</x:v>
+        <x:v>https://www.ca-autobank.gr/</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="">
       <x:c r="A18" t="str">
         <x:v>073</x:v>
       </x:c>
       <x:c r="B18" t="str">
         <x:v>ΤΡΑΠΕΖΑ ΚΥΠΡΟΥ ΔΗΜΟΣΙΑ ΕΤΑΙΡΕΙΑ ΛΤΔ *</x:v>
       </x:c>
       <x:c r="C18" t="str">
         <x:v>ΛΕΩΦ. ΑΛΕΞΑΝΔΡΑΣ 192, 115 21 ΑΘΗΝΑ</x:v>
       </x:c>
       <x:c r="D18" t="str">
         <x:v>(+30) 2106412580</x:v>
       </x:c>
       <x:c r="E18" t="str">
         <x:v>(+30) 2106436464</x:v>
       </x:c>
       <x:c r="F18" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="19" spans="">
       <x:c r="A19" t="str">
         <x:v>081</x:v>
@@ -632,71 +632,71 @@
       </x:c>
       <x:c r="E31" t="str">
         <x:v>(+30) 2107417110</x:v>
       </x:c>
       <x:c r="F31" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="32" spans="">
       <x:c r="A32" t="str">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B32" t="str">
         <x:v>TBI BANK EAD- BRANCH GREECE</x:v>
       </x:c>
       <x:c r="C32" t="str">
         <x:v>ΛΕΩΦΟΡΟΣ ΚΗΦΙΣΙΑΣ 196,1ος ΟΡΟΦΟΣ,152 31 ΧΑΛΑΝΔΡΙ,ΑΤΤΙΚΗ</x:v>
       </x:c>
       <x:c r="D32" t="str">
         <x:v>(+30) 2103009990</x:v>
       </x:c>
       <x:c r="E32" t="str">
         <x:v/>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v>https://www.tbibank.gr</x:v>
+        <x:v>https://tbibank.gr/</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="">
       <x:c r="A33" t="str">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B33" t="str">
         <x:v>ΓΚΟΛΝΤΜΑΝ ΣΑΚΣ ΜΠΑΝΚ ΓΙΟΥΡΟΠ ΣΕ,ΥΠΟΚΑΤΑΣΤΗΜΑ ΑΘΗΝΩΝ</x:v>
       </x:c>
       <x:c r="C33" t="str">
         <x:v>ΛΕΩΦΟΡΟΣ ΚΗΦΙΣΙΑΣ 115,115 24 ΑΘΗΝΑ</x:v>
       </x:c>
       <x:c r="D33" t="str">
         <x:v>(+30) 2106919552</x:v>
       </x:c>
       <x:c r="E33" t="str">
         <x:v/>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v>www.goldmansachs.com     https://www.goldmansachs.com/disclosures/gsbank-europe-se-disclosures.html</x:v>
+        <x:v>https://www.goldmansachs.com</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="">
       <x:c r="A34" t="str">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B34" t="str">
         <x:v>EUROBANK PRIVATE BANK SA, ATHENS BRANCH</x:v>
       </x:c>
       <x:c r="C34" t="str">
         <x:v>ΞΕΝΙΑΣ 5, 145 62 ΚΗΦIΣΙΑ</x:v>
       </x:c>
       <x:c r="D34" t="str">
         <x:v>(+30) 2108086910</x:v>
       </x:c>
       <x:c r="E34" t="str">
         <x:v/>
       </x:c>
       <x:c r="F34" t="str">
         <x:v>https://www.eurobankpb.lu</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="">
       <x:c r="A35" t="str">
         <x:v>050</x:v>