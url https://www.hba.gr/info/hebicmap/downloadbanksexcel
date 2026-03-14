--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raabc5dbaf1584884" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re560ddfa513245d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="R0f68f1fe05454cdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="Ra106716fe312489e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0f68f1fe05454cdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra106716fe312489e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="">
       <x:c r="A1" t="str">
         <x:v>ΠΙΝΑΚΑΣ ΠΙΣΤΩΤΙΚΩΝ ΙΔΡΥΜΑΤΩΝ ΠΟΥ ΛΕΙΤΟΥΡΓΟΥΝ ΣΤΗΝ ΕΛΛΑΔΑ ΒΑΣΕΙ ΤΟΥ Ν. 4261/2014, ΟΔΗΓΙΑ 2013/36/ΕΕ</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="">
       <x:c r="A2" t="str">
         <x:v>Κωδικός Αριθμός</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Όνομα Πιστωτικού Ιδρύματος</x:v>
       </x:c>