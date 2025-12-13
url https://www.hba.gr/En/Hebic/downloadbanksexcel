--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22ecd7b02b8e4b29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a5b0e3880f4005" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="R51d2ae19735f4a5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="Rcd961de445d6442c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R51d2ae19735f4a5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcd961de445d6442c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="">
       <x:c r="A1" t="str">
         <x:v>LIST OF CREDIT INSTITUTIONS AUTHORIZED IN GREECE UNDER THE LAW 4261/2014, Directive 2013/36/EU</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="">
       <x:c r="A2" t="str">
         <x:v>Code Number</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Name of Credit Institution</x:v>
       </x:c>