--- v1 (2025-12-13)
+++ v2 (2025-12-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a5b0e3880f4005" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re72cb1dce8724e72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="Rcd961de445d6442c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="R47b17d765fa6411f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcd961de445d6442c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47b17d765fa6411f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="">
       <x:c r="A1" t="str">
         <x:v>LIST OF CREDIT INSTITUTIONS AUTHORIZED IN GREECE UNDER THE LAW 4261/2014, Directive 2013/36/EU</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="">
       <x:c r="A2" t="str">
         <x:v>Code Number</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Name of Credit Institution</x:v>
       </x:c>