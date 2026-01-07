--- v2 (2025-12-13)
+++ v3 (2026-01-07)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re72cb1dce8724e72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24d37e4292e84e12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="R47b17d765fa6411f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="Rffa123b9663e45e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47b17d765fa6411f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rffa123b9663e45e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="">
       <x:c r="A1" t="str">
         <x:v>LIST OF CREDIT INSTITUTIONS AUTHORIZED IN GREECE UNDER THE LAW 4261/2014, Directive 2013/36/EU</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="">
       <x:c r="A2" t="str">
         <x:v>Code Number</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Name of Credit Institution</x:v>
       </x:c>