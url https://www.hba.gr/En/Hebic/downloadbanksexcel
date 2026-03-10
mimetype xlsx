--- v3 (2026-01-07)
+++ v4 (2026-03-10)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24d37e4292e84e12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R603f2ee32e5e4625" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="Rffa123b9663e45e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="R61969dc70fb14bef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rffa123b9663e45e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R61969dc70fb14bef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="">
       <x:c r="A1" t="str">
         <x:v>LIST OF CREDIT INSTITUTIONS AUTHORIZED IN GREECE UNDER THE LAW 4261/2014, Directive 2013/36/EU</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="">
       <x:c r="A2" t="str">
         <x:v>Code Number</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Name of Credit Institution</x:v>
       </x:c>
@@ -80,51 +80,51 @@
     <x:row r="4" spans="">
       <x:c r="A4" t="str">
         <x:v>014</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>ALPHA BANK S.A.</x:v>
       </x:c>
       <x:c r="C4" t="str">
         <x:v>40 STADIOU STR., 102 52 ATHENS</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>(+30) 2103260000</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>(+30) 2103265438</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>http://www.alpha.gr</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="">
       <x:c r="A5" t="str">
         <x:v>016</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>CREDIAΒΑΝΚ S.A.</x:v>
+        <x:v>CrediaBank S.A.</x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>260-262 KIFISIAS AV.,  15231 HALANDRI</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v>(+30) 2103669000</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>(+30) 2103667245</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>http://www.atticabank.gr</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="">
       <x:c r="A6" t="str">
         <x:v>017</x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v>PIRAEUS BANK S.A.</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>4 AMERIKIS STR., 105 64 ATHENS</x:v>
       </x:c>
       <x:c r="D6" t="str">
@@ -220,51 +220,51 @@
     <x:row r="11" spans="">
       <x:c r="A11" t="str">
         <x:v>069</x:v>
       </x:c>
       <x:c r="B11" t="str">
         <x:v>COOPERATIVE BANK OF CHANIA COOPERATIVE OF LIMITED LIABILITIES</x:v>
       </x:c>
       <x:c r="C11" t="str">
         <x:v>28-32 EL. VENIZELOU STR., 731 32 CHANIA</x:v>
       </x:c>
       <x:c r="D11" t="str">
         <x:v>(+30) 28210 25500</x:v>
       </x:c>
       <x:c r="E11" t="str">
         <x:v>(+30) 28210 25591</x:v>
       </x:c>
       <x:c r="F11" t="str">
         <x:v>http://www.chaniabank.gr</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="">
       <x:c r="A12" t="str">
         <x:v>075</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>COOPERATIVE BANK OF EPIRUS LTD.</x:v>
+        <x:v>EPIRUS BANK S.A.</x:v>
       </x:c>
       <x:c r="C12" t="str">
         <x:v>6 PATRIARCHOU IOAKIM &amp; KARAPANOU STR., 45 221 IOANNINA</x:v>
       </x:c>
       <x:c r="D12" t="str">
         <x:v>(+30) 26510 59000</x:v>
       </x:c>
       <x:c r="E12" t="str">
         <x:v>(+30) 26510 28065</x:v>
       </x:c>
       <x:c r="F12" t="str">
         <x:v>http://www.epirusbank.com</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="">
       <x:c r="A13" t="str">
         <x:v>089</x:v>
       </x:c>
       <x:c r="B13" t="str">
         <x:v>COOPERATIVE BANK OF KARDITSA COOP. L.L.</x:v>
       </x:c>
       <x:c r="C13" t="str">
         <x:v>ΤALIADOUROU &amp; 1 KOLOKOTRONI STR., 43 132 ΚΑRDITSA</x:v>
       </x:c>
       <x:c r="D13" t="str">
@@ -320,63 +320,63 @@
     <x:row r="16" spans="">
       <x:c r="A16" t="str">
         <x:v>039</x:v>
       </x:c>
       <x:c r="B16" t="str">
         <x:v>BNP PARIBAS S.A. ATHENS BRANCH</x:v>
       </x:c>
       <x:c r="C16" t="str">
         <x:v>115 KIFISIAS AVE, 115 24 ATHENS</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v>(+30) 2107468500</x:v>
       </x:c>
       <x:c r="E16" t="str">
         <x:v>(+30) 2107468579</x:v>
       </x:c>
       <x:c r="F16" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17" spans="">
       <x:c r="A17" t="str">
         <x:v>040</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>CA Auto Bank GmbH – Hellenic Branch (πρώην FCA BANK GmbH)</x:v>
+        <x:v>CA Auto Bank S.p.A. - Hellenic Branch</x:v>
       </x:c>
       <x:c r="C17" t="str">
         <x:v>580A VOULIAGMENIS AVE., 164 52 ARGIROUPOLI</x:v>
       </x:c>
       <x:c r="D17" t="str">
         <x:v>(+30) 2109988777</x:v>
       </x:c>
       <x:c r="E17" t="str">
         <x:v>(+30) 2109961118</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>https://www.fcabank.gr</x:v>
+        <x:v>https://www.ca-autobank.gr/</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="">
       <x:c r="A18" t="str">
         <x:v>073</x:v>
       </x:c>
       <x:c r="B18" t="str">
         <x:v>BANK OF CYPRUS PUBLIC COMPANY LTD*</x:v>
       </x:c>
       <x:c r="C18" t="str">
         <x:v>192 ALEXANDRAS AVE., 115 21 ATHENS</x:v>
       </x:c>
       <x:c r="D18" t="str">
         <x:v>(+30) 2106412580</x:v>
       </x:c>
       <x:c r="E18" t="str">
         <x:v>(+30) 2106436464</x:v>
       </x:c>
       <x:c r="F18" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="19" spans="">
       <x:c r="A19" t="str">
         <x:v>081</x:v>
@@ -632,71 +632,71 @@
       </x:c>
       <x:c r="E31" t="str">
         <x:v>(+30) 2107417110</x:v>
       </x:c>
       <x:c r="F31" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="32" spans="">
       <x:c r="A32" t="str">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B32" t="str">
         <x:v>TBI BANK EAD- BRANCH GREECE</x:v>
       </x:c>
       <x:c r="C32" t="str">
         <x:v>196 KIFISIAS AVE.,1ST FLOOR,152 31 CHALANDRI, ATTICA</x:v>
       </x:c>
       <x:c r="D32" t="str">
         <x:v>(+30) 2103009990</x:v>
       </x:c>
       <x:c r="E32" t="str">
         <x:v/>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v>https://www.tbibank.gr</x:v>
+        <x:v>https://tbibank.gr/</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="">
       <x:c r="A33" t="str">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B33" t="str">
         <x:v>GOLDMAN SACHS BANK EUROPE SE, ATHENS BRANCH</x:v>
       </x:c>
       <x:c r="C33" t="str">
         <x:v>115 KIFISIAS AVE.,115 24 ATHENS</x:v>
       </x:c>
       <x:c r="D33" t="str">
         <x:v>(+30) 2106919552</x:v>
       </x:c>
       <x:c r="E33" t="str">
         <x:v/>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v>www.goldmansachs.com     https://www.goldmansachs.com/disclosures/gsbank-europe-se-disclosures.html</x:v>
+        <x:v>https://www.goldmansachs.com</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="">
       <x:c r="A34" t="str">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B34" t="str">
         <x:v>EUROBANK PRIVATE BANK SA, ATHENS BRANCH</x:v>
       </x:c>
       <x:c r="C34" t="str">
         <x:v>XENIAS 5, 145 62 KIFISIA</x:v>
       </x:c>
       <x:c r="D34" t="str">
         <x:v>(+30) 2108086910</x:v>
       </x:c>
       <x:c r="E34" t="str">
         <x:v/>
       </x:c>
       <x:c r="F34" t="str">
         <x:v>https://www.eurobankpb.lu</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="">
       <x:c r="A35" t="str">
         <x:v>050</x:v>