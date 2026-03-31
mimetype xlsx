--- v4 (2026-03-10)
+++ v5 (2026-03-31)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R603f2ee32e5e4625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58bbd638306747d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="R61969dc70fb14bef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Hebic" sheetId="1" r:id="R26aab691d50b4fba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R61969dc70fb14bef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R26aab691d50b4fba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
     <x:col min="1" max="100" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="">
       <x:c r="A1" t="str">
         <x:v>LIST OF CREDIT INSTITUTIONS AUTHORIZED IN GREECE UNDER THE LAW 4261/2014, Directive 2013/36/EU</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="">
       <x:c r="A2" t="str">
         <x:v>Code Number</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>Name of Credit Institution</x:v>
       </x:c>